--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1827eac2d71413f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d1bd87e6d064b63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c2643ba1a7945c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27a9de75a3b64b6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ec4a6f1b7884fc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c2643ba1a7945c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73d1bb0153794836" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27a9de75a3b64b6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unibail-Rodamco 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1619568998</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>81,380</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,540</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>02.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,220</x:t>
-[...53 lines deleted...]
-          <x:t>81,580</x:t>
+          <x:t>80,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,155</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...514 lines deleted...]
-          <x:t>81,680</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>