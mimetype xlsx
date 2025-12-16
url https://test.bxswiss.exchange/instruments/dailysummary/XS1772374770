--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf474937fa6854324" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb77afaa683904fc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9450c07dbba4f62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fcbe0b4ca354302"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e3615a581b84189" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9450c07dbba4f62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59b266abede04cfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fcbe0b4ca354302" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Bahn 33</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1772374770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>90,110</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,260</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>05.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,605</x:t>
-[...134 lines deleted...]
-          <x:t>90,330</x:t>
+          <x:t>90,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,160</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>90,645</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>