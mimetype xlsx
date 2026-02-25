--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb77afaa683904fc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcba7ae55eaf9491c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fcbe0b4ca354302"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60d863f8c40f4785"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59b266abede04cfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fcbe0b4ca354302" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39a1b2bbf0d44b71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60d863f8c40f4785" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Bahn 33</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1772374770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...441 lines deleted...]
-          <x:t>90,145</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,710</x:t>
-[...33 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,780</x:t>
-[...75 lines deleted...]
-          <x:t>89,720</x:t>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,700</x:t>
-[...4 lines deleted...]
-          <x:t>89,760</x:t>
+          <x:t>89,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>