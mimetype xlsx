--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a8ef0e716684f71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc34cdc9e1929458d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf122ad02768a46d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97dd3687d6be4c5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ac70d37e3074a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf122ad02768a46d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cb3a2271e01421d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97dd3687d6be4c5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EnBW 33</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1901055472</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>89,640</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,595</x:t>
-[...178 lines deleted...]
-          <x:t>89,915</x:t>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,220</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>90,480</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,440</x:t>
-[...188 lines deleted...]
-          <x:t>91,200</x:t>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>