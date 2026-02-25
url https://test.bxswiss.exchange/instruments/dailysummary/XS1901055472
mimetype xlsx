--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc34cdc9e1929458d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R867a1f0b9f4f4945" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97dd3687d6be4c5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda23cb15f11c4372"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cb3a2271e01421d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97dd3687d6be4c5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20270d7b600345bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda23cb15f11c4372" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EnBW 33</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1901055472</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>90,810</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>90,535</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>90,665</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,470</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>04.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,885</x:t>
-[...198 lines deleted...]
-          <x:t>90,235</x:t>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>