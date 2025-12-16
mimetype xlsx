--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f23b943da814a7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1f2a35e3f3e44c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01ceb3555f2147f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ec96ed5124949fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R395526428de74987" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01ceb3555f2147f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13f42ddfc6914dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ec96ed5124949fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Citigroup 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1980064833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>94,925</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,925</x:t>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,015</x:t>
-        </x:is>
-[...511 lines deleted...]
-          <x:t>95,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>