--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e1ed809a423475f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c84847495804cfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2357eeaf99fe4828"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb58473f82db42a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc3521b501a34ea2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2357eeaf99fe4828" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43f97a0429ba4d37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb58473f82db42a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Telekom 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2024715794</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>96,980</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,975</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>97,035</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>97,065</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,055</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>97,135</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>97,135</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,105</x:t>
-[...11 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>97,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,175</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,165</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,185</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>97,170</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,085</x:t>
-[...11 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>97,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,180</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>97,175</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>97,130</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,175</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...145 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,175</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>97,135</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,220</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>97,225</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>