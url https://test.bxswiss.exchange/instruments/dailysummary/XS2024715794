--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c84847495804cfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e65545c57f7499c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb58473f82db42a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R585e72a8540547d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43f97a0429ba4d37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb58473f82db42a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raee6342a21724217" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R585e72a8540547d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Telekom 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2024715794</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>97,265</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,255</x:t>
-[...11 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,290</x:t>
-[...156 lines deleted...]
-          <x:t>97,255</x:t>
+          <x:t>97,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,285</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>97,240</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>