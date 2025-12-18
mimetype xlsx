--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfadb0d46036e46ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R599da2ba064e47ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49fd87bc0d7f4551"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fa0f45740604897"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ff850f48d9e4f29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49fd87bc0d7f4551" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re44fc0de31434a50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fa0f45740604897" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E.ON 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2047500926</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>90,630</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,625</x:t>
-[...26 lines deleted...]
-          <x:t>90,415</x:t>
+          <x:t>90,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,445</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>90,755</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>