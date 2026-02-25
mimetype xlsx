--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R599da2ba064e47ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c1455aa7a5146ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fa0f45740604897"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2d55b4843444230"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re44fc0de31434a50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fa0f45740604897" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce05eec2fd8b4d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2d55b4843444230" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E.ON 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2047500926</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>90,740</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,730</x:t>
-[...70 lines deleted...]
-          <x:t>90,750</x:t>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,640</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>90,385</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>