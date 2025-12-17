--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafc83039481d45b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15bb89e9a1fe4625" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72bb99b9c84242d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2568b3e870934dd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc9ccf73cf564fcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72bb99b9c84242d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9207e94f754a4773" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2568b3e870934dd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AT &amp; T 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2051362072</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>91,385</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,655</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>91,540</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,470</x:t>
-[...53 lines deleted...]
-          <x:t>91,230</x:t>
+          <x:t>91,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,305</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>15.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,340</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>16.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,345</x:t>
-        </x:is>
-[...310 lines deleted...]
-          <x:t>91,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>