--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15bb89e9a1fe4625" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R320be02bc30b4024" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2568b3e870934dd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R428a66305edd413b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9207e94f754a4773" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2568b3e870934dd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd795b9b6542249ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R428a66305edd413b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AT &amp; T 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2051362072</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...95 lines deleted...]
-          <x:t>91,510</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,675</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>91,660</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,655</x:t>
-[...268 lines deleted...]
-        <x:is>
           <x:t>91,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,675</x:t>
-[...188 lines deleted...]
-          <x:t>91,345</x:t>
+          <x:t>91,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>