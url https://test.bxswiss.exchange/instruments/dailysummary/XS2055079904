--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1525a9fea76467f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73fccab1558c4327" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racf6ab77c69d4d98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1652e22df00a4ebb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60b66f7084234908" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racf6ab77c69d4d98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc19851f7d9af4d34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1652e22df00a4ebb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wintershall Dea Finance 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2055079904</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>88,560</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,580</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>02.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,505</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...460 lines deleted...]
-          <x:t>89,165</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,730</x:t>
-        </x:is>
-[...111 lines deleted...]
-          <x:t>89,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>