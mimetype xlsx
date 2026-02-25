--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73fccab1558c4327" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3923790d093349f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1652e22df00a4ebb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4372eed4c804671"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc19851f7d9af4d34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1652e22df00a4ebb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd49aa4f8069541bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4372eed4c804671" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wintershall Dea Finance 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2055079904</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...500 lines deleted...]
-          <x:t>88,260</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,505</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,465</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>88,740</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,730</x:t>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>