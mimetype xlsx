--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R463051c18af6414f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0b2f69577e2461d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raacfd1bf00104e4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R174332f9cd014f7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7022c049ee3446f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raacfd1bf00104e4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd22ba1e9ed8540ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R174332f9cd014f7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Thermo Fisher Scientific 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2058556619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>87,985</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,970</x:t>
-[...156 lines deleted...]
-          <x:t>88,760</x:t>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,250</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>88,175</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,235</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...180 lines deleted...]
-          <x:t>88,110</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,195</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>88,260</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>