--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0b2f69577e2461d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2904d2883e3246ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R174332f9cd014f7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd11113d71072457b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd22ba1e9ed8540ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R174332f9cd014f7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R298fff204c914f4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd11113d71072457b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Thermo Fisher Scientific 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2058556619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>89,025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,500</x:t>
-[...43 lines deleted...]
-          <x:t>89,025</x:t>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,505</x:t>
-[...21 lines deleted...]
-          <x:t>88,500</x:t>
+          <x:t>88,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>88,670</x:t>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,700</x:t>
-        </x:is>
-[...430 lines deleted...]
-          <x:t>88,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>