--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re747b3828cc342cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e918f2f45df4d1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R151b12458375497a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88be175536e8431c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc917bc0bf594144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R151b12458375497a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb07b0038883b431d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88be175536e8431c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Telekom 49</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2089226026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>63,830</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,585</x:t>
-[...566 lines deleted...]
-          <x:t>64,580</x:t>
+          <x:t>63,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>