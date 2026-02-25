--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e918f2f45df4d1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79b90ec9be734d50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88be175536e8431c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a3afc0a33a146da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb07b0038883b431d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88be175536e8431c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81d5fd252d8d41f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a3afc0a33a146da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Telekom 49</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2089226026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...441 lines deleted...]
-          <x:t>62,970</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,625</x:t>
-[...38 lines deleted...]
-          <x:t>62,510</x:t>
+          <x:t>62,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,315</x:t>
-[...43 lines deleted...]
-          <x:t>62,590</x:t>
+          <x:t>62,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,315</x:t>
-[...31 lines deleted...]
-          <x:t>62,665</x:t>
+          <x:t>62,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>