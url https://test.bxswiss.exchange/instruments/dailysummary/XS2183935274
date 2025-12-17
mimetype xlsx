--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R704ab6edc3d7422c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R454b6f7d28dc48ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re13248cb2f774667"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46a5e4d6d8b24616"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,677 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3c262e3cfb94736" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re13248cb2f774667" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76e5bebde76f4620" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46a5e4d6d8b24616" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>Invesco Physical Markets Gold ETP EUR Hedged</x:t>
+          <x:t>Invesco Physical Gold EUR Hedged ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2183935274</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>82,590</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,246</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>