--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R454b6f7d28dc48ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2444fb76eb714a32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46a5e4d6d8b24616"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6654938597b5438a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76e5bebde76f4620" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46a5e4d6d8b24616" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaa6219bc1864461" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6654938597b5438a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Physical Gold EUR Hedged ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2183935274</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,031</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>