--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9185f45642e482c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48a861f3c8364085" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra05feed0e12740b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c8a164ecdd54991"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re22ac03da8bc41a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra05feed0e12740b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27033281ce754fa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c8a164ecdd54991" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bayer 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2281343256</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>92,325</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>