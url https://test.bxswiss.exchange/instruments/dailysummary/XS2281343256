--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48a861f3c8364085" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3b9641eed6a4fce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c8a164ecdd54991"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b95f1b0271c43c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27033281ce754fa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c8a164ecdd54991" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R894cf33d10174348" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b95f1b0271c43c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bayer 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2281343256</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>92,675</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,605</x:t>
-[...11 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,735</x:t>
-[...70 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>92,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,910</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>92,905</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,995</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>92,715</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>