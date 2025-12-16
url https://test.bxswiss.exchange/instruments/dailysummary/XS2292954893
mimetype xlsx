--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeaac0ee60164550" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra871007ecf814b41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd48fc65b9da14c21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80121321a1eb4d6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38c4c8940ccd495a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd48fc65b9da14c21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35212067ae9c4c03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80121321a1eb4d6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs Group 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2292954893</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>95,035</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>