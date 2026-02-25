--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra871007ecf814b41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc8a5d823b834242" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80121321a1eb4d6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42627ffd0c1f492c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35212067ae9c4c03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80121321a1eb4d6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R862cc8c54d5942ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42627ffd0c1f492c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs Group 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2292954893</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>95,185</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,155</x:t>
-[...16 lines deleted...]
-          <x:t>95,185</x:t>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,160</x:t>
-[...21 lines deleted...]
-          <x:t>95,160</x:t>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,170</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>95,245</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,235</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>95,335</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,400</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,320</x:t>
-[...161 lines deleted...]
-          <x:t>95,180</x:t>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>