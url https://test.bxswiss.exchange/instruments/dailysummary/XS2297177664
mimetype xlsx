--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R882c25c045904dd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbef8bafd4c143fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b1976f8f49848f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63e1b55e8a8b474e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06226fc608d348a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b1976f8f49848f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R089f8c0c312e4161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63e1b55e8a8b474e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Essity 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2297177664</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>87,585</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,285</x:t>
-[...6 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>87,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,345</x:t>
-[...31 lines deleted...]
-          <x:t>87,150</x:t>
+          <x:t>87,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>87,520</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>