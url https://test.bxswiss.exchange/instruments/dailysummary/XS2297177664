--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbef8bafd4c143fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44ea4d093b184438" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63e1b55e8a8b474e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfa3313a83774ab9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R089f8c0c312e4161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63e1b55e8a8b474e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43d284cc8b684724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfa3313a83774ab9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Essity 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2297177664</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...495 lines deleted...]
-          <x:t>87,375</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,165</x:t>
-[...80 lines deleted...]
-          <x:t>87,070</x:t>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>