--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f4657917faf4e86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7cab14c7dea4f5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03dfb5e1651d4d51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red22710d5d9b4181"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62354014d4324a5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03dfb5e1651d4d51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53c67abffc984aa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red22710d5d9b4181" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>Invesco Digital Markets - Physical Bitcoin ETP</x:t>
+          <x:t>Invesco Physical Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2376095068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>91,392</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>