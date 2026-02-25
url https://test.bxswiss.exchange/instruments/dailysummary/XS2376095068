--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7cab14c7dea4f5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R041d2508147e464f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red22710d5d9b4181"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b0a5fa4effd4769"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53c67abffc984aa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red22710d5d9b4181" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R802baec1c5294e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b0a5fa4effd4769" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Physical Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2376095068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>74,272</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,294</x:t>
-[...539 lines deleted...]
-          <x:t>67,290</x:t>
+          <x:t>72,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,619</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>